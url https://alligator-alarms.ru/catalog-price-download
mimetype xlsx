--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -16,149 +16,275 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Price" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Price'!$A$4:$G$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
   <si>
-    <t>Прайс-лист на 09.10.2025</t>
+    <t>Прайс-лист на 30.10.2025</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Псевдоним</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Остаток</t>
   </si>
   <si>
     <t>Текущая цена</t>
   </si>
   <si>
     <t>Ссылка на продукт</t>
   </si>
   <si>
     <t>ExtId</t>
   </si>
   <si>
     <t>Автосигнализации</t>
   </si>
   <si>
     <t xml:space="preserve">     Комплекты для установки</t>
   </si>
   <si>
     <t xml:space="preserve">     Функция автозапуска</t>
   </si>
   <si>
     <t xml:space="preserve">     Системы с двухсторонней связью</t>
   </si>
   <si>
     <t xml:space="preserve">     Системы с односторонней связью</t>
   </si>
   <si>
     <t xml:space="preserve">     Аксессуары</t>
   </si>
   <si>
+    <t xml:space="preserve">          ALLIGATOR SATURN BM-4</t>
+  </si>
+  <si>
+    <t>- Модуль обхода штатного транспондерного иммобилайзера</t>
+  </si>
+  <si>
+    <t>SATURNBM4</t>
+  </si>
+  <si>
+    <t>Смотреть на сайте</t>
+  </si>
+  <si>
+    <t>УТ-00002359</t>
+  </si>
+  <si>
+    <t xml:space="preserve">          ALLIGATOR SATURN MS-2</t>
+  </si>
+  <si>
+    <t>- Активатор дверного замка</t>
+  </si>
+  <si>
+    <t>SATMS2</t>
+  </si>
+  <si>
+    <t>УТ-00002093</t>
+  </si>
+  <si>
+    <t xml:space="preserve">          ALLIGATOR 2CAN</t>
+  </si>
+  <si>
+    <t>- Универсальный CAN-модуль подключения к двум CAN-шинам (UART)</t>
+  </si>
+  <si>
+    <t>ALG00035CN</t>
+  </si>
+  <si>
+    <t>00-00004726</t>
+  </si>
+  <si>
     <t xml:space="preserve">          ALLIGATOR SATURN MS-200</t>
   </si>
   <si>
     <t>активатор дверного замка</t>
   </si>
   <si>
     <t>SATMS200</t>
   </si>
   <si>
-    <t>Смотреть на сайте</t>
-[...1 lines deleted...]
-  <si>
     <t>УТ-00002724</t>
   </si>
   <si>
-    <t xml:space="preserve">          ALLIGATOR SATURN BM-4</t>
-[...34 lines deleted...]
-  <si>
     <t xml:space="preserve">     Брелоки для охранных систем</t>
   </si>
   <si>
     <t>Сняты с производства</t>
   </si>
   <si>
+    <t>ALLIGATOR C-200</t>
+  </si>
+  <si>
+    <t>ALG0017C200</t>
+  </si>
+  <si>
+    <t>VP00GM2CHTV12J</t>
+  </si>
+  <si>
+    <t>ALLIGATOR SP-75RS</t>
+  </si>
+  <si>
+    <t>ALG026SP75RS</t>
+  </si>
+  <si>
+    <t>VP00GM1MMJQNCR</t>
+  </si>
+  <si>
+    <t>ALLIGATOR S-825RS</t>
+  </si>
+  <si>
+    <t>ALG21S825RS</t>
+  </si>
+  <si>
+    <t>VP00GH1D7BD6S9</t>
+  </si>
+  <si>
+    <t>ALLIGATOR C-2C</t>
+  </si>
+  <si>
+    <t>ALG00015C2C</t>
+  </si>
+  <si>
+    <t>ММ-00009399</t>
+  </si>
+  <si>
+    <t>ALLIGATOR TD-315</t>
+  </si>
+  <si>
+    <t>ALG013TD315</t>
+  </si>
+  <si>
+    <t>VP00GL1JJK2H47</t>
+  </si>
+  <si>
+    <t>ALLIGATOR SP-55RS</t>
+  </si>
+  <si>
+    <t>ALG025SP55RS</t>
+  </si>
+  <si>
+    <t>VP00GM1MMJOPKI</t>
+  </si>
+  <si>
+    <t>ALLIGATOR CAN-LIN</t>
+  </si>
+  <si>
+    <t>ALG00036CL</t>
+  </si>
+  <si>
+    <t>00-00004735</t>
+  </si>
+  <si>
+    <t>ALLIGATOR M-2200 ver.2</t>
+  </si>
+  <si>
+    <t>ALGM2200V2</t>
+  </si>
+  <si>
+    <t>VP00GI25NNUVI7</t>
+  </si>
+  <si>
+    <t>ALLIGATOR NS-505</t>
+  </si>
+  <si>
+    <t>ALG010NS505</t>
+  </si>
+  <si>
+    <t>VP00GI1OB1KNP6</t>
+  </si>
+  <si>
+    <t>ALLIGATOR TD-310</t>
+  </si>
+  <si>
+    <t>ALG012TD310</t>
+  </si>
+  <si>
+    <t>VP00GK1TSIJCBP</t>
+  </si>
+  <si>
+    <t>ALLIGATOR D-1100RSG v.2</t>
+  </si>
+  <si>
+    <t>ALGD1100RSGV2</t>
+  </si>
+  <si>
+    <t>VP00GM1J00FOFO</t>
+  </si>
+  <si>
+    <t>ALLIGATOR SP-30</t>
+  </si>
+  <si>
+    <t>ALG0014SP30</t>
+  </si>
+  <si>
+    <t>VP00GM1MMJM3RI</t>
+  </si>
+  <si>
+    <t>ALLIGATOR D-975G</t>
+  </si>
+  <si>
+    <t>ALG019D975G</t>
+  </si>
+  <si>
+    <t>VP00GI0OE4O3F0</t>
+  </si>
+  <si>
+    <t>ALLIGATOR C-500</t>
+  </si>
+  <si>
+    <t>ALG030C500</t>
+  </si>
+  <si>
+    <t>VP00GM20VT0SO6</t>
+  </si>
+  <si>
     <t>ALLIGATOR M-425</t>
   </si>
   <si>
     <t>ALG007M425</t>
   </si>
   <si>
     <t>VP00GH0SUO0V8H</t>
   </si>
   <si>
     <t>ALLIGATOR S-975RS</t>
   </si>
   <si>
     <t>ALG23S975RS</t>
   </si>
   <si>
     <t>VP00GM0RTQ141I</t>
   </si>
   <si>
     <t>ALLIGATOR C-300</t>
   </si>
   <si>
     <t>ALG028C300</t>
   </si>
   <si>
     <t>VP00GM2CHU30IK</t>
@@ -176,176 +302,50 @@
     <t>ALLIGATOR TD-350</t>
   </si>
   <si>
     <t>ALG029TD350</t>
   </si>
   <si>
     <t>VP00GK1REPC06H</t>
   </si>
   <si>
     <t>ALLIGATOR S-875RS</t>
   </si>
   <si>
     <t>ALG22S875RS</t>
   </si>
   <si>
     <t>VP00GH1D7BSGKL</t>
   </si>
   <si>
     <t>ALLIGATOR C-2</t>
   </si>
   <si>
     <t>ALG000016C2</t>
   </si>
   <si>
     <t>VP00GP2A2NCTNM</t>
-  </si>
-[...124 lines deleted...]
-    <t>VP00GM20VT0SO6</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="20"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -729,51 +729,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-saturn-ms-200" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/saturn-bm-4-63" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-saturn-ms-2" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-2can" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-m-425" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-s-975rs" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-300" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-d-950g" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-td-350" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-s-875rs" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-2" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-200" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-sp-75rs" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-s-825rs" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-2c" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-td-315" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-sp-55rs" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-can-lin" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-m-2200-v2" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-ns-505" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-td-310" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-d-1100rsg-v2" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-sp-30" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-d-975g" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-500" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/saturn-bm-4-63" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-saturn-ms-2" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-2can" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-saturn-ms-200" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-200" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-sp-75rs" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-s-825rs" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-2c" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-td-315" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-sp-55rs" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-can-lin" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-m-2200-v2" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-ns-505" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-td-310" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-d-1100rsg-v2" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-sp-30" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-d-975g" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-500" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-m-425" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-s-975rs" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-300" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-d-950g" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-td-350" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-s-875rs" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-2" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="50" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="18" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="19" customWidth="true" style="0"/>
     <col min="6" max="6" width="18" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -863,120 +863,120 @@
     <row r="10" spans="1:7">
       <c r="A10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="7"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>15</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D11" s="5">
         <v>0</v>
       </c>
       <c r="E11" s="5">
-        <v>1790</v>
+        <v>750</v>
       </c>
       <c r="F11" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G11" s="5" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="5">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="E12" s="5">
-        <v>750</v>
+        <v>790</v>
       </c>
       <c r="F12" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G12" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="5" t="s">
         <v>23</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>24</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>25</v>
       </c>
       <c r="D13" s="5">
         <v>10</v>
       </c>
       <c r="E13" s="5">
-        <v>790</v>
+        <v>1790</v>
       </c>
       <c r="F13" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="5" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="5" t="s">
         <v>27</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>28</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>29</v>
       </c>
       <c r="D14" s="5">
         <v>10</v>
       </c>
       <c r="E14" s="5">
-        <v>1790</v>
+        <v>1890</v>
       </c>
       <c r="F14" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G14" s="5" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="4" t="s">
         <v>31</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="7"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B16" s="6"/>
       <c r="C16" s="6"/>
@@ -1038,51 +1038,51 @@
       <c r="D19" s="5">
         <v>0</v>
       </c>
       <c r="E19" s="5">
         <v>0</v>
       </c>
       <c r="F19" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G19" s="5" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="5" t="s">
         <v>42</v>
       </c>
       <c r="B20" s="5"/>
       <c r="C20" s="5" t="s">
         <v>43</v>
       </c>
       <c r="D20" s="5">
         <v>0</v>
       </c>
       <c r="E20" s="5">
-        <v>0</v>
+        <v>5590</v>
       </c>
       <c r="F20" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G20" s="5" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="5" t="s">
         <v>45</v>
       </c>
       <c r="B21" s="5"/>
       <c r="C21" s="5" t="s">
         <v>46</v>
       </c>
       <c r="D21" s="5">
         <v>0</v>
       </c>
       <c r="E21" s="5">
         <v>0</v>
       </c>
       <c r="F21" s="5" t="s">
         <v>17</v>
       </c>
@@ -1101,51 +1101,51 @@
       <c r="D22" s="5">
         <v>0</v>
       </c>
       <c r="E22" s="5">
         <v>0</v>
       </c>
       <c r="F22" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="5" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="5" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="5"/>
       <c r="C23" s="5" t="s">
         <v>52</v>
       </c>
       <c r="D23" s="5">
         <v>0</v>
       </c>
       <c r="E23" s="5">
-        <v>4900</v>
+        <v>1790</v>
       </c>
       <c r="F23" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G23" s="5" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="5" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="5"/>
       <c r="C24" s="5" t="s">
         <v>55</v>
       </c>
       <c r="D24" s="5">
         <v>0</v>
       </c>
       <c r="E24" s="5">
         <v>0</v>
       </c>
       <c r="F24" s="5" t="s">
         <v>17</v>
       </c>
@@ -1185,51 +1185,51 @@
       <c r="D26" s="5">
         <v>0</v>
       </c>
       <c r="E26" s="5">
         <v>0</v>
       </c>
       <c r="F26" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G26" s="5" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="5" t="s">
         <v>63</v>
       </c>
       <c r="B27" s="5"/>
       <c r="C27" s="5" t="s">
         <v>64</v>
       </c>
       <c r="D27" s="5">
         <v>0</v>
       </c>
       <c r="E27" s="5">
-        <v>5590</v>
+        <v>0</v>
       </c>
       <c r="F27" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G27" s="5" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="5" t="s">
         <v>66</v>
       </c>
       <c r="B28" s="5"/>
       <c r="C28" s="5" t="s">
         <v>67</v>
       </c>
       <c r="D28" s="5">
         <v>0</v>
       </c>
       <c r="E28" s="5">
         <v>0</v>
       </c>
       <c r="F28" s="5" t="s">
         <v>17</v>
       </c>
@@ -1248,51 +1248,51 @@
       <c r="D29" s="5">
         <v>0</v>
       </c>
       <c r="E29" s="5">
         <v>0</v>
       </c>
       <c r="F29" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G29" s="5" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="5" t="s">
         <v>72</v>
       </c>
       <c r="B30" s="5"/>
       <c r="C30" s="5" t="s">
         <v>73</v>
       </c>
       <c r="D30" s="5">
         <v>0</v>
       </c>
       <c r="E30" s="5">
-        <v>1790</v>
+        <v>0</v>
       </c>
       <c r="F30" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G30" s="5" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="5" t="s">
         <v>75</v>
       </c>
       <c r="B31" s="5"/>
       <c r="C31" s="5" t="s">
         <v>76</v>
       </c>
       <c r="D31" s="5">
         <v>0</v>
       </c>
       <c r="E31" s="5">
         <v>0</v>
       </c>
       <c r="F31" s="5" t="s">
         <v>17</v>
       </c>
@@ -1395,51 +1395,51 @@
       <c r="D36" s="5">
         <v>0</v>
       </c>
       <c r="E36" s="5">
         <v>0</v>
       </c>
       <c r="F36" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G36" s="5" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="5" t="s">
         <v>93</v>
       </c>
       <c r="B37" s="5"/>
       <c r="C37" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D37" s="5">
         <v>0</v>
       </c>
       <c r="E37" s="5">
-        <v>0</v>
+        <v>4900</v>
       </c>
       <c r="F37" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G37" s="5" t="s">
         <v>95</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A4:G4"/>
   <hyperlinks>
     <hyperlink ref="F11" r:id="rId_hyperlink_1"/>
     <hyperlink ref="F12" r:id="rId_hyperlink_2"/>
     <hyperlink ref="F13" r:id="rId_hyperlink_3"/>
     <hyperlink ref="F14" r:id="rId_hyperlink_4"/>
     <hyperlink ref="F17" r:id="rId_hyperlink_5"/>
     <hyperlink ref="F18" r:id="rId_hyperlink_6"/>
     <hyperlink ref="F19" r:id="rId_hyperlink_7"/>
     <hyperlink ref="F20" r:id="rId_hyperlink_8"/>
     <hyperlink ref="F21" r:id="rId_hyperlink_9"/>
     <hyperlink ref="F22" r:id="rId_hyperlink_10"/>
     <hyperlink ref="F23" r:id="rId_hyperlink_11"/>
     <hyperlink ref="F24" r:id="rId_hyperlink_12"/>
     <hyperlink ref="F25" r:id="rId_hyperlink_13"/>
@@ -1483,32 +1483,32 @@
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Price</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>ALLIGATOR-ALARMS.RU Price Generator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>alligator-alarms.ru catalog price 09.10.2025</dc:title>
+  <dc:title>alligator-alarms.ru catalog price 30.10.2025</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>