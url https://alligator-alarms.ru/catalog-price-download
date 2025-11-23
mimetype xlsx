--- v1 (2025-10-30)
+++ v2 (2025-11-23)
@@ -16,336 +16,336 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Price" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Price'!$A$4:$G$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
   <si>
-    <t>Прайс-лист на 30.10.2025</t>
+    <t>Прайс-лист на 23.11.2025</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Псевдоним</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Остаток</t>
   </si>
   <si>
     <t>Текущая цена</t>
   </si>
   <si>
     <t>Ссылка на продукт</t>
   </si>
   <si>
     <t>ExtId</t>
   </si>
   <si>
     <t>Автосигнализации</t>
   </si>
   <si>
     <t xml:space="preserve">     Комплекты для установки</t>
   </si>
   <si>
     <t xml:space="preserve">     Функция автозапуска</t>
   </si>
   <si>
     <t xml:space="preserve">     Системы с двухсторонней связью</t>
   </si>
   <si>
     <t xml:space="preserve">     Системы с односторонней связью</t>
   </si>
   <si>
     <t xml:space="preserve">     Аксессуары</t>
   </si>
   <si>
+    <t xml:space="preserve">          ALLIGATOR SATURN MS-2</t>
+  </si>
+  <si>
+    <t>- Активатор дверного замка</t>
+  </si>
+  <si>
+    <t>SATMS2</t>
+  </si>
+  <si>
+    <t>Смотреть на сайте</t>
+  </si>
+  <si>
+    <t>УТ-00002093</t>
+  </si>
+  <si>
+    <t xml:space="preserve">          ALLIGATOR 2CAN</t>
+  </si>
+  <si>
+    <t>- Универсальный CAN-модуль подключения к двум CAN-шинам (UART)</t>
+  </si>
+  <si>
+    <t>ALG00035CN</t>
+  </si>
+  <si>
+    <t>00-00004726</t>
+  </si>
+  <si>
+    <t xml:space="preserve">          ALLIGATOR SATURN MS-200</t>
+  </si>
+  <si>
+    <t>активатор дверного замка</t>
+  </si>
+  <si>
+    <t>SATMS200</t>
+  </si>
+  <si>
+    <t>УТ-00002724</t>
+  </si>
+  <si>
     <t xml:space="preserve">          ALLIGATOR SATURN BM-4</t>
   </si>
   <si>
     <t>- Модуль обхода штатного транспондерного иммобилайзера</t>
   </si>
   <si>
     <t>SATURNBM4</t>
   </si>
   <si>
-    <t>Смотреть на сайте</t>
-[...1 lines deleted...]
-  <si>
     <t>УТ-00002359</t>
   </si>
   <si>
-    <t xml:space="preserve">          ALLIGATOR SATURN MS-2</t>
-[...34 lines deleted...]
-  <si>
     <t xml:space="preserve">     Брелоки для охранных систем</t>
   </si>
   <si>
     <t>Сняты с производства</t>
   </si>
   <si>
+    <t>ALLIGATOR TD-315</t>
+  </si>
+  <si>
+    <t>ALG013TD315</t>
+  </si>
+  <si>
+    <t>VP00GL1JJK2H47</t>
+  </si>
+  <si>
+    <t>ALLIGATOR SP-55RS</t>
+  </si>
+  <si>
+    <t>ALG025SP55RS</t>
+  </si>
+  <si>
+    <t>VP00GM1MMJOPKI</t>
+  </si>
+  <si>
+    <t>ALLIGATOR CAN-LIN</t>
+  </si>
+  <si>
+    <t>ALG00036CL</t>
+  </si>
+  <si>
+    <t>00-00004735</t>
+  </si>
+  <si>
+    <t>ALLIGATOR M-2200 ver.2</t>
+  </si>
+  <si>
+    <t>ALGM2200V2</t>
+  </si>
+  <si>
+    <t>VP00GI25NNUVI7</t>
+  </si>
+  <si>
+    <t>ALLIGATOR NS-505</t>
+  </si>
+  <si>
+    <t>ALG010NS505</t>
+  </si>
+  <si>
+    <t>VP00GI1OB1KNP6</t>
+  </si>
+  <si>
+    <t>ALLIGATOR TD-310</t>
+  </si>
+  <si>
+    <t>ALG012TD310</t>
+  </si>
+  <si>
+    <t>VP00GK1TSIJCBP</t>
+  </si>
+  <si>
+    <t>ALLIGATOR D-1100RSG v.2</t>
+  </si>
+  <si>
+    <t>ALGD1100RSGV2</t>
+  </si>
+  <si>
+    <t>VP00GM1J00FOFO</t>
+  </si>
+  <si>
+    <t>ALLIGATOR SP-30</t>
+  </si>
+  <si>
+    <t>ALG0014SP30</t>
+  </si>
+  <si>
+    <t>VP00GM1MMJM3RI</t>
+  </si>
+  <si>
+    <t>ALLIGATOR D-975G</t>
+  </si>
+  <si>
+    <t>ALG019D975G</t>
+  </si>
+  <si>
+    <t>VP00GI0OE4O3F0</t>
+  </si>
+  <si>
+    <t>ALLIGATOR C-500</t>
+  </si>
+  <si>
+    <t>ALG030C500</t>
+  </si>
+  <si>
+    <t>VP00GM20VT0SO6</t>
+  </si>
+  <si>
+    <t>ALLIGATOR M-425</t>
+  </si>
+  <si>
+    <t>ALG007M425</t>
+  </si>
+  <si>
+    <t>VP00GH0SUO0V8H</t>
+  </si>
+  <si>
+    <t>ALLIGATOR S-975RS</t>
+  </si>
+  <si>
+    <t>ALG23S975RS</t>
+  </si>
+  <si>
+    <t>VP00GM0RTQ141I</t>
+  </si>
+  <si>
+    <t>ALLIGATOR C-300</t>
+  </si>
+  <si>
+    <t>ALG028C300</t>
+  </si>
+  <si>
+    <t>VP00GM2CHU30IK</t>
+  </si>
+  <si>
+    <t>ALLIGATOR D-950G</t>
+  </si>
+  <si>
+    <t>ALG018D950G</t>
+  </si>
+  <si>
+    <t>VP00GI0OE4A2UT</t>
+  </si>
+  <si>
+    <t>ALLIGATOR TD-350</t>
+  </si>
+  <si>
+    <t>ALG029TD350</t>
+  </si>
+  <si>
+    <t>VP00GK1REPC06H</t>
+  </si>
+  <si>
+    <t>ALLIGATOR S-875RS</t>
+  </si>
+  <si>
+    <t>ALG22S875RS</t>
+  </si>
+  <si>
+    <t>VP00GH1D7BSGKL</t>
+  </si>
+  <si>
+    <t>ALLIGATOR C-2</t>
+  </si>
+  <si>
+    <t>ALG000016C2</t>
+  </si>
+  <si>
+    <t>VP00GP2A2NCTNM</t>
+  </si>
+  <si>
     <t>ALLIGATOR C-200</t>
   </si>
   <si>
     <t>ALG0017C200</t>
   </si>
   <si>
     <t>VP00GM2CHTV12J</t>
   </si>
   <si>
     <t>ALLIGATOR SP-75RS</t>
   </si>
   <si>
     <t>ALG026SP75RS</t>
   </si>
   <si>
     <t>VP00GM1MMJQNCR</t>
   </si>
   <si>
     <t>ALLIGATOR S-825RS</t>
   </si>
   <si>
     <t>ALG21S825RS</t>
   </si>
   <si>
     <t>VP00GH1D7BD6S9</t>
   </si>
   <si>
     <t>ALLIGATOR C-2C</t>
   </si>
   <si>
     <t>ALG00015C2C</t>
   </si>
   <si>
     <t>ММ-00009399</t>
-  </si>
-[...151 lines deleted...]
-    <t>VP00GP2A2NCTNM</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="20"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -729,51 +729,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/saturn-bm-4-63" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-saturn-ms-2" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-2can" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-saturn-ms-200" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-200" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-sp-75rs" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-s-825rs" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-2c" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-td-315" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-sp-55rs" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-can-lin" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-m-2200-v2" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-ns-505" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-td-310" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-d-1100rsg-v2" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-sp-30" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-d-975g" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-500" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-m-425" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-s-975rs" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-300" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-d-950g" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-td-350" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-s-875rs" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-2" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-saturn-ms-2" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-2can" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-saturn-ms-200" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/saturn-bm-4-63" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-td-315" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-sp-55rs" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-can-lin" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-m-2200-v2" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-ns-505" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-td-310" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-d-1100rsg-v2" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-sp-30" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-d-975g" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-500" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-m-425" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-s-975rs" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-300" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-d-950g" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-td-350" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-s-875rs" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-2" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-200" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-sp-75rs" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-s-825rs" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-2c" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="50" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="18" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="19" customWidth="true" style="0"/>
     <col min="6" max="6" width="18" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -860,123 +860,123 @@
       <c r="F9" s="7"/>
       <c r="G9" s="7"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="7"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>15</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D11" s="5">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="E11" s="5">
-        <v>750</v>
+        <v>790</v>
       </c>
       <c r="F11" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G11" s="5" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="5">
         <v>10</v>
       </c>
       <c r="E12" s="5">
-        <v>790</v>
+        <v>1790</v>
       </c>
       <c r="F12" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G12" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="5" t="s">
         <v>23</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>24</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>25</v>
       </c>
       <c r="D13" s="5">
         <v>10</v>
       </c>
       <c r="E13" s="5">
-        <v>1790</v>
+        <v>1890</v>
       </c>
       <c r="F13" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="5" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="5" t="s">
         <v>27</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>28</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>29</v>
       </c>
       <c r="D14" s="5">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="E14" s="5">
-        <v>1890</v>
+        <v>750</v>
       </c>
       <c r="F14" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G14" s="5" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="4" t="s">
         <v>31</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="7"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B16" s="6"/>
       <c r="C16" s="6"/>
@@ -1017,72 +1017,72 @@
       <c r="D18" s="5">
         <v>0</v>
       </c>
       <c r="E18" s="5">
         <v>0</v>
       </c>
       <c r="F18" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G18" s="5" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="5" t="s">
         <v>39</v>
       </c>
       <c r="B19" s="5"/>
       <c r="C19" s="5" t="s">
         <v>40</v>
       </c>
       <c r="D19" s="5">
         <v>0</v>
       </c>
       <c r="E19" s="5">
-        <v>0</v>
+        <v>1790</v>
       </c>
       <c r="F19" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G19" s="5" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="5" t="s">
         <v>42</v>
       </c>
       <c r="B20" s="5"/>
       <c r="C20" s="5" t="s">
         <v>43</v>
       </c>
       <c r="D20" s="5">
         <v>0</v>
       </c>
       <c r="E20" s="5">
-        <v>5590</v>
+        <v>0</v>
       </c>
       <c r="F20" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G20" s="5" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="5" t="s">
         <v>45</v>
       </c>
       <c r="B21" s="5"/>
       <c r="C21" s="5" t="s">
         <v>46</v>
       </c>
       <c r="D21" s="5">
         <v>0</v>
       </c>
       <c r="E21" s="5">
         <v>0</v>
       </c>
       <c r="F21" s="5" t="s">
         <v>17</v>
       </c>
@@ -1101,51 +1101,51 @@
       <c r="D22" s="5">
         <v>0</v>
       </c>
       <c r="E22" s="5">
         <v>0</v>
       </c>
       <c r="F22" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="5" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="5" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="5"/>
       <c r="C23" s="5" t="s">
         <v>52</v>
       </c>
       <c r="D23" s="5">
         <v>0</v>
       </c>
       <c r="E23" s="5">
-        <v>1790</v>
+        <v>0</v>
       </c>
       <c r="F23" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G23" s="5" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="5" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="5"/>
       <c r="C24" s="5" t="s">
         <v>55</v>
       </c>
       <c r="D24" s="5">
         <v>0</v>
       </c>
       <c r="E24" s="5">
         <v>0</v>
       </c>
       <c r="F24" s="5" t="s">
         <v>17</v>
       </c>
@@ -1311,51 +1311,51 @@
       <c r="D32" s="5">
         <v>0</v>
       </c>
       <c r="E32" s="5">
         <v>0</v>
       </c>
       <c r="F32" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G32" s="5" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="5" t="s">
         <v>81</v>
       </c>
       <c r="B33" s="5"/>
       <c r="C33" s="5" t="s">
         <v>82</v>
       </c>
       <c r="D33" s="5">
         <v>0</v>
       </c>
       <c r="E33" s="5">
-        <v>0</v>
+        <v>4900</v>
       </c>
       <c r="F33" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G33" s="5" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="5" t="s">
         <v>84</v>
       </c>
       <c r="B34" s="5"/>
       <c r="C34" s="5" t="s">
         <v>85</v>
       </c>
       <c r="D34" s="5">
         <v>0</v>
       </c>
       <c r="E34" s="5">
         <v>0</v>
       </c>
       <c r="F34" s="5" t="s">
         <v>17</v>
       </c>
@@ -1395,51 +1395,51 @@
       <c r="D36" s="5">
         <v>0</v>
       </c>
       <c r="E36" s="5">
         <v>0</v>
       </c>
       <c r="F36" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G36" s="5" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="5" t="s">
         <v>93</v>
       </c>
       <c r="B37" s="5"/>
       <c r="C37" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D37" s="5">
         <v>0</v>
       </c>
       <c r="E37" s="5">
-        <v>4900</v>
+        <v>5590</v>
       </c>
       <c r="F37" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G37" s="5" t="s">
         <v>95</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A4:G4"/>
   <hyperlinks>
     <hyperlink ref="F11" r:id="rId_hyperlink_1"/>
     <hyperlink ref="F12" r:id="rId_hyperlink_2"/>
     <hyperlink ref="F13" r:id="rId_hyperlink_3"/>
     <hyperlink ref="F14" r:id="rId_hyperlink_4"/>
     <hyperlink ref="F17" r:id="rId_hyperlink_5"/>
     <hyperlink ref="F18" r:id="rId_hyperlink_6"/>
     <hyperlink ref="F19" r:id="rId_hyperlink_7"/>
     <hyperlink ref="F20" r:id="rId_hyperlink_8"/>
     <hyperlink ref="F21" r:id="rId_hyperlink_9"/>
     <hyperlink ref="F22" r:id="rId_hyperlink_10"/>
     <hyperlink ref="F23" r:id="rId_hyperlink_11"/>
     <hyperlink ref="F24" r:id="rId_hyperlink_12"/>
     <hyperlink ref="F25" r:id="rId_hyperlink_13"/>
@@ -1483,32 +1483,32 @@
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Price</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>ALLIGATOR-ALARMS.RU Price Generator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>alligator-alarms.ru catalog price 30.10.2025</dc:title>
+  <dc:title>alligator-alarms.ru catalog price 23.11.2025</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>