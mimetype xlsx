--- v2 (2025-11-23)
+++ v3 (2025-12-13)
@@ -16,336 +16,336 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Price" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Price'!$A$4:$G$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
   <si>
-    <t>Прайс-лист на 23.11.2025</t>
+    <t>Прайс-лист на 13.12.2025</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Псевдоним</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Остаток</t>
   </si>
   <si>
     <t>Текущая цена</t>
   </si>
   <si>
     <t>Ссылка на продукт</t>
   </si>
   <si>
     <t>ExtId</t>
   </si>
   <si>
     <t>Автосигнализации</t>
   </si>
   <si>
     <t xml:space="preserve">     Комплекты для установки</t>
   </si>
   <si>
     <t xml:space="preserve">     Функция автозапуска</t>
   </si>
   <si>
     <t xml:space="preserve">     Системы с двухсторонней связью</t>
   </si>
   <si>
     <t xml:space="preserve">     Системы с односторонней связью</t>
   </si>
   <si>
     <t xml:space="preserve">     Аксессуары</t>
   </si>
   <si>
+    <t xml:space="preserve">          ALLIGATOR 2CAN</t>
+  </si>
+  <si>
+    <t>- Универсальный CAN-модуль подключения к двум CAN-шинам (UART)</t>
+  </si>
+  <si>
+    <t>ALG00035CN</t>
+  </si>
+  <si>
+    <t>Смотреть на сайте</t>
+  </si>
+  <si>
+    <t>00-00004726</t>
+  </si>
+  <si>
+    <t xml:space="preserve">          ALLIGATOR SATURN MS-200</t>
+  </si>
+  <si>
+    <t>активатор дверного замка</t>
+  </si>
+  <si>
+    <t>SATMS200</t>
+  </si>
+  <si>
+    <t>УТ-00002724</t>
+  </si>
+  <si>
+    <t xml:space="preserve">          ALLIGATOR SATURN BM-4</t>
+  </si>
+  <si>
+    <t>- Модуль обхода штатного транспондерного иммобилайзера</t>
+  </si>
+  <si>
+    <t>SATURNBM4</t>
+  </si>
+  <si>
+    <t>УТ-00002359</t>
+  </si>
+  <si>
     <t xml:space="preserve">          ALLIGATOR SATURN MS-2</t>
   </si>
   <si>
     <t>- Активатор дверного замка</t>
   </si>
   <si>
     <t>SATMS2</t>
   </si>
   <si>
-    <t>Смотреть на сайте</t>
-[...1 lines deleted...]
-  <si>
     <t>УТ-00002093</t>
   </si>
   <si>
-    <t xml:space="preserve">          ALLIGATOR 2CAN</t>
-[...34 lines deleted...]
-  <si>
     <t xml:space="preserve">     Брелоки для охранных систем</t>
   </si>
   <si>
     <t>Сняты с производства</t>
   </si>
   <si>
+    <t>ALLIGATOR SP-55RS</t>
+  </si>
+  <si>
+    <t>ALG025SP55RS</t>
+  </si>
+  <si>
+    <t>VP00GM1MMJOPKI</t>
+  </si>
+  <si>
+    <t>ALLIGATOR CAN-LIN</t>
+  </si>
+  <si>
+    <t>ALG00036CL</t>
+  </si>
+  <si>
+    <t>00-00004735</t>
+  </si>
+  <si>
+    <t>ALLIGATOR M-2200 ver.2</t>
+  </si>
+  <si>
+    <t>ALGM2200V2</t>
+  </si>
+  <si>
+    <t>VP00GI25NNUVI7</t>
+  </si>
+  <si>
+    <t>ALLIGATOR NS-505</t>
+  </si>
+  <si>
+    <t>ALG010NS505</t>
+  </si>
+  <si>
+    <t>VP00GI1OB1KNP6</t>
+  </si>
+  <si>
+    <t>ALLIGATOR TD-310</t>
+  </si>
+  <si>
+    <t>ALG012TD310</t>
+  </si>
+  <si>
+    <t>VP00GK1TSIJCBP</t>
+  </si>
+  <si>
+    <t>ALLIGATOR D-1100RSG v.2</t>
+  </si>
+  <si>
+    <t>ALGD1100RSGV2</t>
+  </si>
+  <si>
+    <t>VP00GM1J00FOFO</t>
+  </si>
+  <si>
+    <t>ALLIGATOR SP-30</t>
+  </si>
+  <si>
+    <t>ALG0014SP30</t>
+  </si>
+  <si>
+    <t>VP00GM1MMJM3RI</t>
+  </si>
+  <si>
+    <t>ALLIGATOR D-975G</t>
+  </si>
+  <si>
+    <t>ALG019D975G</t>
+  </si>
+  <si>
+    <t>VP00GI0OE4O3F0</t>
+  </si>
+  <si>
+    <t>ALLIGATOR C-500</t>
+  </si>
+  <si>
+    <t>ALG030C500</t>
+  </si>
+  <si>
+    <t>VP00GM20VT0SO6</t>
+  </si>
+  <si>
+    <t>ALLIGATOR M-425</t>
+  </si>
+  <si>
+    <t>ALG007M425</t>
+  </si>
+  <si>
+    <t>VP00GH0SUO0V8H</t>
+  </si>
+  <si>
+    <t>ALLIGATOR S-975RS</t>
+  </si>
+  <si>
+    <t>ALG23S975RS</t>
+  </si>
+  <si>
+    <t>VP00GM0RTQ141I</t>
+  </si>
+  <si>
+    <t>ALLIGATOR C-300</t>
+  </si>
+  <si>
+    <t>ALG028C300</t>
+  </si>
+  <si>
+    <t>VP00GM2CHU30IK</t>
+  </si>
+  <si>
+    <t>ALLIGATOR D-950G</t>
+  </si>
+  <si>
+    <t>ALG018D950G</t>
+  </si>
+  <si>
+    <t>VP00GI0OE4A2UT</t>
+  </si>
+  <si>
+    <t>ALLIGATOR TD-350</t>
+  </si>
+  <si>
+    <t>ALG029TD350</t>
+  </si>
+  <si>
+    <t>VP00GK1REPC06H</t>
+  </si>
+  <si>
+    <t>ALLIGATOR S-875RS</t>
+  </si>
+  <si>
+    <t>ALG22S875RS</t>
+  </si>
+  <si>
+    <t>VP00GH1D7BSGKL</t>
+  </si>
+  <si>
+    <t>ALLIGATOR C-2</t>
+  </si>
+  <si>
+    <t>ALG000016C2</t>
+  </si>
+  <si>
+    <t>VP00GP2A2NCTNM</t>
+  </si>
+  <si>
+    <t>ALLIGATOR C-200</t>
+  </si>
+  <si>
+    <t>ALG0017C200</t>
+  </si>
+  <si>
+    <t>VP00GM2CHTV12J</t>
+  </si>
+  <si>
+    <t>ALLIGATOR SP-75RS</t>
+  </si>
+  <si>
+    <t>ALG026SP75RS</t>
+  </si>
+  <si>
+    <t>VP00GM1MMJQNCR</t>
+  </si>
+  <si>
+    <t>ALLIGATOR S-825RS</t>
+  </si>
+  <si>
+    <t>ALG21S825RS</t>
+  </si>
+  <si>
+    <t>VP00GH1D7BD6S9</t>
+  </si>
+  <si>
+    <t>ALLIGATOR C-2C</t>
+  </si>
+  <si>
+    <t>ALG00015C2C</t>
+  </si>
+  <si>
+    <t>ММ-00009399</t>
+  </si>
+  <si>
     <t>ALLIGATOR TD-315</t>
   </si>
   <si>
     <t>ALG013TD315</t>
   </si>
   <si>
     <t>VP00GL1JJK2H47</t>
-  </si>
-[...178 lines deleted...]
-    <t>ММ-00009399</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="20"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -729,51 +729,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-saturn-ms-2" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-2can" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-saturn-ms-200" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/saturn-bm-4-63" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-td-315" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-sp-55rs" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-can-lin" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-m-2200-v2" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-ns-505" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-td-310" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-d-1100rsg-v2" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-sp-30" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-d-975g" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-500" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-m-425" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-s-975rs" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-300" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-d-950g" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-td-350" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-s-875rs" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-2" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-200" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-sp-75rs" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-s-825rs" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-2c" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-2can" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-saturn-ms-200" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/saturn-bm-4-63" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-saturn-ms-2" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-sp-55rs" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-can-lin" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-m-2200-v2" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-ns-505" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-td-310" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-d-1100rsg-v2" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-sp-30" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-d-975g" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-500" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-m-425" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-s-975rs" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-300" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-d-950g" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-td-350" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-s-875rs" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-2" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-200" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-sp-75rs" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-s-825rs" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-2c" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-td-315" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="50" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="18" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="19" customWidth="true" style="0"/>
     <col min="6" max="6" width="18" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -863,120 +863,120 @@
     <row r="10" spans="1:7">
       <c r="A10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="7"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>15</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D11" s="5">
         <v>10</v>
       </c>
       <c r="E11" s="5">
-        <v>790</v>
+        <v>1790</v>
       </c>
       <c r="F11" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G11" s="5" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="5">
         <v>10</v>
       </c>
       <c r="E12" s="5">
-        <v>1790</v>
+        <v>1890</v>
       </c>
       <c r="F12" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G12" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="5" t="s">
         <v>23</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>24</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>25</v>
       </c>
       <c r="D13" s="5">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="E13" s="5">
-        <v>1890</v>
+        <v>750</v>
       </c>
       <c r="F13" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="5" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="5" t="s">
         <v>27</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>28</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>29</v>
       </c>
       <c r="D14" s="5">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="E14" s="5">
-        <v>750</v>
+        <v>790</v>
       </c>
       <c r="F14" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G14" s="5" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="4" t="s">
         <v>31</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="7"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B16" s="6"/>
       <c r="C16" s="6"/>
@@ -996,72 +996,72 @@
       <c r="D17" s="5">
         <v>0</v>
       </c>
       <c r="E17" s="5">
         <v>0</v>
       </c>
       <c r="F17" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G17" s="5" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="5" t="s">
         <v>36</v>
       </c>
       <c r="B18" s="5"/>
       <c r="C18" s="5" t="s">
         <v>37</v>
       </c>
       <c r="D18" s="5">
         <v>0</v>
       </c>
       <c r="E18" s="5">
-        <v>0</v>
+        <v>1790</v>
       </c>
       <c r="F18" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G18" s="5" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="5" t="s">
         <v>39</v>
       </c>
       <c r="B19" s="5"/>
       <c r="C19" s="5" t="s">
         <v>40</v>
       </c>
       <c r="D19" s="5">
         <v>0</v>
       </c>
       <c r="E19" s="5">
-        <v>1790</v>
+        <v>0</v>
       </c>
       <c r="F19" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G19" s="5" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="5" t="s">
         <v>42</v>
       </c>
       <c r="B20" s="5"/>
       <c r="C20" s="5" t="s">
         <v>43</v>
       </c>
       <c r="D20" s="5">
         <v>0</v>
       </c>
       <c r="E20" s="5">
         <v>0</v>
       </c>
       <c r="F20" s="5" t="s">
         <v>17</v>
       </c>
@@ -1290,72 +1290,72 @@
       <c r="D31" s="5">
         <v>0</v>
       </c>
       <c r="E31" s="5">
         <v>0</v>
       </c>
       <c r="F31" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G31" s="5" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="5" t="s">
         <v>78</v>
       </c>
       <c r="B32" s="5"/>
       <c r="C32" s="5" t="s">
         <v>79</v>
       </c>
       <c r="D32" s="5">
         <v>0</v>
       </c>
       <c r="E32" s="5">
-        <v>0</v>
+        <v>4900</v>
       </c>
       <c r="F32" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G32" s="5" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="5" t="s">
         <v>81</v>
       </c>
       <c r="B33" s="5"/>
       <c r="C33" s="5" t="s">
         <v>82</v>
       </c>
       <c r="D33" s="5">
         <v>0</v>
       </c>
       <c r="E33" s="5">
-        <v>4900</v>
+        <v>0</v>
       </c>
       <c r="F33" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G33" s="5" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="5" t="s">
         <v>84</v>
       </c>
       <c r="B34" s="5"/>
       <c r="C34" s="5" t="s">
         <v>85</v>
       </c>
       <c r="D34" s="5">
         <v>0</v>
       </c>
       <c r="E34" s="5">
         <v>0</v>
       </c>
       <c r="F34" s="5" t="s">
         <v>17</v>
       </c>
@@ -1374,72 +1374,72 @@
       <c r="D35" s="5">
         <v>0</v>
       </c>
       <c r="E35" s="5">
         <v>0</v>
       </c>
       <c r="F35" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G35" s="5" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="5" t="s">
         <v>90</v>
       </c>
       <c r="B36" s="5"/>
       <c r="C36" s="5" t="s">
         <v>91</v>
       </c>
       <c r="D36" s="5">
         <v>0</v>
       </c>
       <c r="E36" s="5">
-        <v>0</v>
+        <v>5590</v>
       </c>
       <c r="F36" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G36" s="5" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="5" t="s">
         <v>93</v>
       </c>
       <c r="B37" s="5"/>
       <c r="C37" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D37" s="5">
         <v>0</v>
       </c>
       <c r="E37" s="5">
-        <v>5590</v>
+        <v>0</v>
       </c>
       <c r="F37" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G37" s="5" t="s">
         <v>95</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A4:G4"/>
   <hyperlinks>
     <hyperlink ref="F11" r:id="rId_hyperlink_1"/>
     <hyperlink ref="F12" r:id="rId_hyperlink_2"/>
     <hyperlink ref="F13" r:id="rId_hyperlink_3"/>
     <hyperlink ref="F14" r:id="rId_hyperlink_4"/>
     <hyperlink ref="F17" r:id="rId_hyperlink_5"/>
     <hyperlink ref="F18" r:id="rId_hyperlink_6"/>
     <hyperlink ref="F19" r:id="rId_hyperlink_7"/>
     <hyperlink ref="F20" r:id="rId_hyperlink_8"/>
     <hyperlink ref="F21" r:id="rId_hyperlink_9"/>
     <hyperlink ref="F22" r:id="rId_hyperlink_10"/>
     <hyperlink ref="F23" r:id="rId_hyperlink_11"/>
     <hyperlink ref="F24" r:id="rId_hyperlink_12"/>
     <hyperlink ref="F25" r:id="rId_hyperlink_13"/>
@@ -1483,32 +1483,32 @@
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Price</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>ALLIGATOR-ALARMS.RU Price Generator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>alligator-alarms.ru catalog price 23.11.2025</dc:title>
+  <dc:title>alligator-alarms.ru catalog price 13.12.2025</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>