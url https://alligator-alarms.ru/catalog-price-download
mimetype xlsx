--- v3 (2025-12-13)
+++ v4 (2026-01-02)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Price" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Price'!$A$4:$G$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
   <si>
-    <t>Прайс-лист на 13.12.2025</t>
+    <t>Прайс-лист на 02.01.2026</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Псевдоним</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Остаток</t>
   </si>
   <si>
     <t>Текущая цена</t>
   </si>
   <si>
     <t>Ссылка на продукт</t>
   </si>
   <si>
     <t>ExtId</t>
   </si>
   <si>
     <t>Автосигнализации</t>
   </si>
@@ -115,50 +115,95 @@
   <si>
     <t>SATURNBM4</t>
   </si>
   <si>
     <t>УТ-00002359</t>
   </si>
   <si>
     <t xml:space="preserve">          ALLIGATOR SATURN MS-2</t>
   </si>
   <si>
     <t>- Активатор дверного замка</t>
   </si>
   <si>
     <t>SATMS2</t>
   </si>
   <si>
     <t>УТ-00002093</t>
   </si>
   <si>
     <t xml:space="preserve">     Брелоки для охранных систем</t>
   </si>
   <si>
     <t>Сняты с производства</t>
   </si>
   <si>
+    <t>ALLIGATOR C-200</t>
+  </si>
+  <si>
+    <t>ALG0017C200</t>
+  </si>
+  <si>
+    <t>VP00GM2CHTV12J</t>
+  </si>
+  <si>
+    <t>ALLIGATOR SP-75RS</t>
+  </si>
+  <si>
+    <t>ALG026SP75RS</t>
+  </si>
+  <si>
+    <t>VP00GM1MMJQNCR</t>
+  </si>
+  <si>
+    <t>ALLIGATOR S-825RS</t>
+  </si>
+  <si>
+    <t>ALG21S825RS</t>
+  </si>
+  <si>
+    <t>VP00GH1D7BD6S9</t>
+  </si>
+  <si>
+    <t>ALLIGATOR C-2C</t>
+  </si>
+  <si>
+    <t>ALG00015C2C</t>
+  </si>
+  <si>
+    <t>ММ-00009399</t>
+  </si>
+  <si>
+    <t>ALLIGATOR TD-315</t>
+  </si>
+  <si>
+    <t>ALG013TD315</t>
+  </si>
+  <si>
+    <t>VP00GL1JJK2H47</t>
+  </si>
+  <si>
     <t>ALLIGATOR SP-55RS</t>
   </si>
   <si>
     <t>ALG025SP55RS</t>
   </si>
   <si>
     <t>VP00GM1MMJOPKI</t>
   </si>
   <si>
     <t>ALLIGATOR CAN-LIN</t>
   </si>
   <si>
     <t>ALG00036CL</t>
   </si>
   <si>
     <t>00-00004735</t>
   </si>
   <si>
     <t>ALLIGATOR M-2200 ver.2</t>
   </si>
   <si>
     <t>ALGM2200V2</t>
   </si>
   <si>
     <t>VP00GI25NNUVI7</t>
@@ -257,95 +302,50 @@
     <t>ALLIGATOR TD-350</t>
   </si>
   <si>
     <t>ALG029TD350</t>
   </si>
   <si>
     <t>VP00GK1REPC06H</t>
   </si>
   <si>
     <t>ALLIGATOR S-875RS</t>
   </si>
   <si>
     <t>ALG22S875RS</t>
   </si>
   <si>
     <t>VP00GH1D7BSGKL</t>
   </si>
   <si>
     <t>ALLIGATOR C-2</t>
   </si>
   <si>
     <t>ALG000016C2</t>
   </si>
   <si>
     <t>VP00GP2A2NCTNM</t>
-  </si>
-[...43 lines deleted...]
-    <t>VP00GL1JJK2H47</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="20"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -729,51 +729,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-2can" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-saturn-ms-200" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/saturn-bm-4-63" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-saturn-ms-2" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-sp-55rs" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-can-lin" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-m-2200-v2" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-ns-505" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-td-310" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-d-1100rsg-v2" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-sp-30" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-d-975g" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-500" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-m-425" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-s-975rs" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-300" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-d-950g" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-td-350" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-s-875rs" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-2" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-200" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-sp-75rs" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-s-825rs" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-2c" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-td-315" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-2can" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-saturn-ms-200" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/saturn-bm-4-63" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-saturn-ms-2" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-200" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-sp-75rs" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-s-825rs" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-2c" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-td-315" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-sp-55rs" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-can-lin" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-m-2200-v2" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-ns-505" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-td-310" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-d-1100rsg-v2" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-sp-30" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-d-975g" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-500" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-m-425" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-s-975rs" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-300" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-d-950g" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-td-350" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-s-875rs" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-2" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="50" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="18" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="19" customWidth="true" style="0"/>
     <col min="6" max="6" width="18" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -996,93 +996,93 @@
       <c r="D17" s="5">
         <v>0</v>
       </c>
       <c r="E17" s="5">
         <v>0</v>
       </c>
       <c r="F17" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G17" s="5" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="5" t="s">
         <v>36</v>
       </c>
       <c r="B18" s="5"/>
       <c r="C18" s="5" t="s">
         <v>37</v>
       </c>
       <c r="D18" s="5">
         <v>0</v>
       </c>
       <c r="E18" s="5">
-        <v>1790</v>
+        <v>0</v>
       </c>
       <c r="F18" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G18" s="5" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="5" t="s">
         <v>39</v>
       </c>
       <c r="B19" s="5"/>
       <c r="C19" s="5" t="s">
         <v>40</v>
       </c>
       <c r="D19" s="5">
         <v>0</v>
       </c>
       <c r="E19" s="5">
         <v>0</v>
       </c>
       <c r="F19" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G19" s="5" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="5" t="s">
         <v>42</v>
       </c>
       <c r="B20" s="5"/>
       <c r="C20" s="5" t="s">
         <v>43</v>
       </c>
       <c r="D20" s="5">
         <v>0</v>
       </c>
       <c r="E20" s="5">
-        <v>0</v>
+        <v>5590</v>
       </c>
       <c r="F20" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G20" s="5" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="5" t="s">
         <v>45</v>
       </c>
       <c r="B21" s="5"/>
       <c r="C21" s="5" t="s">
         <v>46</v>
       </c>
       <c r="D21" s="5">
         <v>0</v>
       </c>
       <c r="E21" s="5">
         <v>0</v>
       </c>
       <c r="F21" s="5" t="s">
         <v>17</v>
       </c>
@@ -1101,51 +1101,51 @@
       <c r="D22" s="5">
         <v>0</v>
       </c>
       <c r="E22" s="5">
         <v>0</v>
       </c>
       <c r="F22" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="5" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="5" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="5"/>
       <c r="C23" s="5" t="s">
         <v>52</v>
       </c>
       <c r="D23" s="5">
         <v>0</v>
       </c>
       <c r="E23" s="5">
-        <v>0</v>
+        <v>1790</v>
       </c>
       <c r="F23" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G23" s="5" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="5" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="5"/>
       <c r="C24" s="5" t="s">
         <v>55</v>
       </c>
       <c r="D24" s="5">
         <v>0</v>
       </c>
       <c r="E24" s="5">
         <v>0</v>
       </c>
       <c r="F24" s="5" t="s">
         <v>17</v>
       </c>
@@ -1290,51 +1290,51 @@
       <c r="D31" s="5">
         <v>0</v>
       </c>
       <c r="E31" s="5">
         <v>0</v>
       </c>
       <c r="F31" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G31" s="5" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="5" t="s">
         <v>78</v>
       </c>
       <c r="B32" s="5"/>
       <c r="C32" s="5" t="s">
         <v>79</v>
       </c>
       <c r="D32" s="5">
         <v>0</v>
       </c>
       <c r="E32" s="5">
-        <v>4900</v>
+        <v>0</v>
       </c>
       <c r="F32" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G32" s="5" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="5" t="s">
         <v>81</v>
       </c>
       <c r="B33" s="5"/>
       <c r="C33" s="5" t="s">
         <v>82</v>
       </c>
       <c r="D33" s="5">
         <v>0</v>
       </c>
       <c r="E33" s="5">
         <v>0</v>
       </c>
       <c r="F33" s="5" t="s">
         <v>17</v>
       </c>
@@ -1374,72 +1374,72 @@
       <c r="D35" s="5">
         <v>0</v>
       </c>
       <c r="E35" s="5">
         <v>0</v>
       </c>
       <c r="F35" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G35" s="5" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="5" t="s">
         <v>90</v>
       </c>
       <c r="B36" s="5"/>
       <c r="C36" s="5" t="s">
         <v>91</v>
       </c>
       <c r="D36" s="5">
         <v>0</v>
       </c>
       <c r="E36" s="5">
-        <v>5590</v>
+        <v>0</v>
       </c>
       <c r="F36" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G36" s="5" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="5" t="s">
         <v>93</v>
       </c>
       <c r="B37" s="5"/>
       <c r="C37" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D37" s="5">
         <v>0</v>
       </c>
       <c r="E37" s="5">
-        <v>0</v>
+        <v>4900</v>
       </c>
       <c r="F37" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G37" s="5" t="s">
         <v>95</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A4:G4"/>
   <hyperlinks>
     <hyperlink ref="F11" r:id="rId_hyperlink_1"/>
     <hyperlink ref="F12" r:id="rId_hyperlink_2"/>
     <hyperlink ref="F13" r:id="rId_hyperlink_3"/>
     <hyperlink ref="F14" r:id="rId_hyperlink_4"/>
     <hyperlink ref="F17" r:id="rId_hyperlink_5"/>
     <hyperlink ref="F18" r:id="rId_hyperlink_6"/>
     <hyperlink ref="F19" r:id="rId_hyperlink_7"/>
     <hyperlink ref="F20" r:id="rId_hyperlink_8"/>
     <hyperlink ref="F21" r:id="rId_hyperlink_9"/>
     <hyperlink ref="F22" r:id="rId_hyperlink_10"/>
     <hyperlink ref="F23" r:id="rId_hyperlink_11"/>
     <hyperlink ref="F24" r:id="rId_hyperlink_12"/>
     <hyperlink ref="F25" r:id="rId_hyperlink_13"/>
@@ -1483,32 +1483,32 @@
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Price</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>ALLIGATOR-ALARMS.RU Price Generator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>alligator-alarms.ru catalog price 13.12.2025</dc:title>
+  <dc:title>alligator-alarms.ru catalog price 02.01.2026</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>