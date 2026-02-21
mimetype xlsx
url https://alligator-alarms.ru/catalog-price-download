--- v4 (2026-01-02)
+++ v5 (2026-02-21)
@@ -16,141 +16,141 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Price" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Price'!$A$4:$G$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
   <si>
-    <t>Прайс-лист на 02.01.2026</t>
+    <t>Прайс-лист на 21.02.2026</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Псевдоним</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Остаток</t>
   </si>
   <si>
     <t>Текущая цена</t>
   </si>
   <si>
     <t>Ссылка на продукт</t>
   </si>
   <si>
     <t>ExtId</t>
   </si>
   <si>
     <t>Автосигнализации</t>
   </si>
   <si>
     <t xml:space="preserve">     Комплекты для установки</t>
   </si>
   <si>
     <t xml:space="preserve">     Функция автозапуска</t>
   </si>
   <si>
     <t xml:space="preserve">     Системы с двухсторонней связью</t>
   </si>
   <si>
     <t xml:space="preserve">     Системы с односторонней связью</t>
   </si>
   <si>
     <t xml:space="preserve">     Аксессуары</t>
   </si>
   <si>
+    <t xml:space="preserve">          ALLIGATOR SATURN BM-4</t>
+  </si>
+  <si>
+    <t>- Модуль обхода штатного транспондерного иммобилайзера</t>
+  </si>
+  <si>
+    <t>SATURNBM4</t>
+  </si>
+  <si>
+    <t>Смотреть на сайте</t>
+  </si>
+  <si>
+    <t>УТ-00002359</t>
+  </si>
+  <si>
+    <t xml:space="preserve">          ALLIGATOR SATURN MS-2</t>
+  </si>
+  <si>
+    <t>- Активатор дверного замка</t>
+  </si>
+  <si>
+    <t>SATMS2</t>
+  </si>
+  <si>
+    <t>УТ-00002093</t>
+  </si>
+  <si>
     <t xml:space="preserve">          ALLIGATOR 2CAN</t>
   </si>
   <si>
     <t>- Универсальный CAN-модуль подключения к двум CAN-шинам (UART)</t>
   </si>
   <si>
     <t>ALG00035CN</t>
   </si>
   <si>
-    <t>Смотреть на сайте</t>
-[...1 lines deleted...]
-  <si>
     <t>00-00004726</t>
   </si>
   <si>
     <t xml:space="preserve">          ALLIGATOR SATURN MS-200</t>
   </si>
   <si>
     <t>активатор дверного замка</t>
   </si>
   <si>
     <t>SATMS200</t>
   </si>
   <si>
     <t>УТ-00002724</t>
-  </si>
-[...22 lines deleted...]
-    <t>УТ-00002093</t>
   </si>
   <si>
     <t xml:space="preserve">     Брелоки для охранных систем</t>
   </si>
   <si>
     <t>Сняты с производства</t>
   </si>
   <si>
     <t>ALLIGATOR C-200</t>
   </si>
   <si>
     <t>ALG0017C200</t>
   </si>
   <si>
     <t>VP00GM2CHTV12J</t>
   </si>
   <si>
     <t>ALLIGATOR SP-75RS</t>
   </si>
   <si>
     <t>ALG026SP75RS</t>
   </si>
   <si>
     <t>VP00GM1MMJQNCR</t>
   </si>
@@ -729,51 +729,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-2can" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-saturn-ms-200" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/saturn-bm-4-63" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-saturn-ms-2" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-200" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-sp-75rs" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-s-825rs" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-2c" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-td-315" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-sp-55rs" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-can-lin" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-m-2200-v2" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-ns-505" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-td-310" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-d-1100rsg-v2" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-sp-30" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-d-975g" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-500" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-m-425" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-s-975rs" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-300" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-d-950g" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-td-350" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-s-875rs" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-2" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/saturn-bm-4-63" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-saturn-ms-2" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-2can" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-saturn-ms-200" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-200" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-sp-75rs" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-s-825rs" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-2c" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-td-315" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-sp-55rs" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-can-lin" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-m-2200-v2" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-ns-505" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-td-310" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-d-1100rsg-v2" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-sp-30" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-d-975g" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-500" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-m-425" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-s-975rs" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-300" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-d-950g" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-td-350" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-s-875rs" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-2" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="50" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="18" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="19" customWidth="true" style="0"/>
     <col min="6" max="6" width="18" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -860,123 +860,123 @@
       <c r="F9" s="7"/>
       <c r="G9" s="7"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="7"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>15</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D11" s="5">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="E11" s="5">
-        <v>1790</v>
+        <v>750</v>
       </c>
       <c r="F11" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G11" s="5" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="5">
         <v>10</v>
       </c>
       <c r="E12" s="5">
-        <v>1890</v>
+        <v>790</v>
       </c>
       <c r="F12" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G12" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="5" t="s">
         <v>23</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>24</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>25</v>
       </c>
       <c r="D13" s="5">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="E13" s="5">
-        <v>750</v>
+        <v>1790</v>
       </c>
       <c r="F13" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="5" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="5" t="s">
         <v>27</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>28</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>29</v>
       </c>
       <c r="D14" s="5">
         <v>10</v>
       </c>
       <c r="E14" s="5">
-        <v>790</v>
+        <v>1890</v>
       </c>
       <c r="F14" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G14" s="5" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="4" t="s">
         <v>31</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="7"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B16" s="6"/>
       <c r="C16" s="6"/>
@@ -1483,32 +1483,32 @@
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Price</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>ALLIGATOR-ALARMS.RU Price Generator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>alligator-alarms.ru catalog price 02.01.2026</dc:title>
+  <dc:title>alligator-alarms.ru catalog price 21.02.2026</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>