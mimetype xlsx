--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Price" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Price'!$A$4:$G$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
   <si>
-    <t>Прайс-лист на 21.02.2026</t>
+    <t>Прайс-лист на 14.03.2026</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Псевдоним</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Остаток</t>
   </si>
   <si>
     <t>Текущая цена</t>
   </si>
   <si>
     <t>Ссылка на продукт</t>
   </si>
   <si>
     <t>ExtId</t>
   </si>
   <si>
     <t>Автосигнализации</t>
   </si>
@@ -115,50 +115,77 @@
   <si>
     <t>ALG00035CN</t>
   </si>
   <si>
     <t>00-00004726</t>
   </si>
   <si>
     <t xml:space="preserve">          ALLIGATOR SATURN MS-200</t>
   </si>
   <si>
     <t>активатор дверного замка</t>
   </si>
   <si>
     <t>SATMS200</t>
   </si>
   <si>
     <t>УТ-00002724</t>
   </si>
   <si>
     <t xml:space="preserve">     Брелоки для охранных систем</t>
   </si>
   <si>
     <t>Сняты с производства</t>
   </si>
   <si>
+    <t>ALLIGATOR TD-350</t>
+  </si>
+  <si>
+    <t>ALG029TD350</t>
+  </si>
+  <si>
+    <t>VP00GK1REPC06H</t>
+  </si>
+  <si>
+    <t>ALLIGATOR S-875RS</t>
+  </si>
+  <si>
+    <t>ALG22S875RS</t>
+  </si>
+  <si>
+    <t>VP00GH1D7BSGKL</t>
+  </si>
+  <si>
+    <t>ALLIGATOR C-2</t>
+  </si>
+  <si>
+    <t>ALG000016C2</t>
+  </si>
+  <si>
+    <t>VP00GP2A2NCTNM</t>
+  </si>
+  <si>
     <t>ALLIGATOR C-200</t>
   </si>
   <si>
     <t>ALG0017C200</t>
   </si>
   <si>
     <t>VP00GM2CHTV12J</t>
   </si>
   <si>
     <t>ALLIGATOR SP-75RS</t>
   </si>
   <si>
     <t>ALG026SP75RS</t>
   </si>
   <si>
     <t>VP00GM1MMJQNCR</t>
   </si>
   <si>
     <t>ALLIGATOR S-825RS</t>
   </si>
   <si>
     <t>ALG21S825RS</t>
   </si>
   <si>
     <t>VP00GH1D7BD6S9</t>
@@ -275,77 +302,50 @@
     <t>ALLIGATOR S-975RS</t>
   </si>
   <si>
     <t>ALG23S975RS</t>
   </si>
   <si>
     <t>VP00GM0RTQ141I</t>
   </si>
   <si>
     <t>ALLIGATOR C-300</t>
   </si>
   <si>
     <t>ALG028C300</t>
   </si>
   <si>
     <t>VP00GM2CHU30IK</t>
   </si>
   <si>
     <t>ALLIGATOR D-950G</t>
   </si>
   <si>
     <t>ALG018D950G</t>
   </si>
   <si>
     <t>VP00GI0OE4A2UT</t>
-  </si>
-[...25 lines deleted...]
-    <t>VP00GP2A2NCTNM</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="20"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -729,51 +729,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/saturn-bm-4-63" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-saturn-ms-2" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-2can" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-saturn-ms-200" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-200" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-sp-75rs" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-s-825rs" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-2c" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-td-315" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-sp-55rs" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-can-lin" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-m-2200-v2" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-ns-505" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-td-310" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-d-1100rsg-v2" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-sp-30" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-d-975g" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-500" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-m-425" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-s-975rs" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-300" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-d-950g" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-td-350" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-s-875rs" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-2" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/saturn-bm-4-63" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-saturn-ms-2" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-2can" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-saturn-ms-200" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-td-350" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-s-875rs" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-2" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-200" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-sp-75rs" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-s-825rs" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-2c" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-td-315" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-sp-55rs" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-can-lin" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-m-2200-v2" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-ns-505" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-td-310" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-d-1100rsg-v2" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-sp-30" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-d-975g" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-500" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-m-425" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-s-975rs" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-c-300" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alligator-alarms.ru/catalog/alligator-d-950g" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="50" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="18" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="19" customWidth="true" style="0"/>
     <col min="6" max="6" width="18" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -906,51 +906,51 @@
       </c>
       <c r="D12" s="5">
         <v>10</v>
       </c>
       <c r="E12" s="5">
         <v>790</v>
       </c>
       <c r="F12" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G12" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="5" t="s">
         <v>23</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>24</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>25</v>
       </c>
       <c r="D13" s="5">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="E13" s="5">
         <v>1790</v>
       </c>
       <c r="F13" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="5" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="5" t="s">
         <v>27</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>28</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>29</v>
       </c>
       <c r="D14" s="5">
         <v>10</v>
       </c>
       <c r="E14" s="5">
@@ -1017,72 +1017,72 @@
       <c r="D18" s="5">
         <v>0</v>
       </c>
       <c r="E18" s="5">
         <v>0</v>
       </c>
       <c r="F18" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G18" s="5" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="5" t="s">
         <v>39</v>
       </c>
       <c r="B19" s="5"/>
       <c r="C19" s="5" t="s">
         <v>40</v>
       </c>
       <c r="D19" s="5">
         <v>0</v>
       </c>
       <c r="E19" s="5">
-        <v>0</v>
+        <v>4900</v>
       </c>
       <c r="F19" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G19" s="5" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="5" t="s">
         <v>42</v>
       </c>
       <c r="B20" s="5"/>
       <c r="C20" s="5" t="s">
         <v>43</v>
       </c>
       <c r="D20" s="5">
         <v>0</v>
       </c>
       <c r="E20" s="5">
-        <v>5590</v>
+        <v>0</v>
       </c>
       <c r="F20" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G20" s="5" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="5" t="s">
         <v>45</v>
       </c>
       <c r="B21" s="5"/>
       <c r="C21" s="5" t="s">
         <v>46</v>
       </c>
       <c r="D21" s="5">
         <v>0</v>
       </c>
       <c r="E21" s="5">
         <v>0</v>
       </c>
       <c r="F21" s="5" t="s">
         <v>17</v>
       </c>
@@ -1101,51 +1101,51 @@
       <c r="D22" s="5">
         <v>0</v>
       </c>
       <c r="E22" s="5">
         <v>0</v>
       </c>
       <c r="F22" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="5" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="5" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="5"/>
       <c r="C23" s="5" t="s">
         <v>52</v>
       </c>
       <c r="D23" s="5">
         <v>0</v>
       </c>
       <c r="E23" s="5">
-        <v>1790</v>
+        <v>5590</v>
       </c>
       <c r="F23" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G23" s="5" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="5" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="5"/>
       <c r="C24" s="5" t="s">
         <v>55</v>
       </c>
       <c r="D24" s="5">
         <v>0</v>
       </c>
       <c r="E24" s="5">
         <v>0</v>
       </c>
       <c r="F24" s="5" t="s">
         <v>17</v>
       </c>
@@ -1164,51 +1164,51 @@
       <c r="D25" s="5">
         <v>0</v>
       </c>
       <c r="E25" s="5">
         <v>0</v>
       </c>
       <c r="F25" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G25" s="5" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="5" t="s">
         <v>60</v>
       </c>
       <c r="B26" s="5"/>
       <c r="C26" s="5" t="s">
         <v>61</v>
       </c>
       <c r="D26" s="5">
         <v>0</v>
       </c>
       <c r="E26" s="5">
-        <v>0</v>
+        <v>1790</v>
       </c>
       <c r="F26" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G26" s="5" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="5" t="s">
         <v>63</v>
       </c>
       <c r="B27" s="5"/>
       <c r="C27" s="5" t="s">
         <v>64</v>
       </c>
       <c r="D27" s="5">
         <v>0</v>
       </c>
       <c r="E27" s="5">
         <v>0</v>
       </c>
       <c r="F27" s="5" t="s">
         <v>17</v>
       </c>
@@ -1395,51 +1395,51 @@
       <c r="D36" s="5">
         <v>0</v>
       </c>
       <c r="E36" s="5">
         <v>0</v>
       </c>
       <c r="F36" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G36" s="5" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="5" t="s">
         <v>93</v>
       </c>
       <c r="B37" s="5"/>
       <c r="C37" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D37" s="5">
         <v>0</v>
       </c>
       <c r="E37" s="5">
-        <v>4900</v>
+        <v>0</v>
       </c>
       <c r="F37" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G37" s="5" t="s">
         <v>95</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A4:G4"/>
   <hyperlinks>
     <hyperlink ref="F11" r:id="rId_hyperlink_1"/>
     <hyperlink ref="F12" r:id="rId_hyperlink_2"/>
     <hyperlink ref="F13" r:id="rId_hyperlink_3"/>
     <hyperlink ref="F14" r:id="rId_hyperlink_4"/>
     <hyperlink ref="F17" r:id="rId_hyperlink_5"/>
     <hyperlink ref="F18" r:id="rId_hyperlink_6"/>
     <hyperlink ref="F19" r:id="rId_hyperlink_7"/>
     <hyperlink ref="F20" r:id="rId_hyperlink_8"/>
     <hyperlink ref="F21" r:id="rId_hyperlink_9"/>
     <hyperlink ref="F22" r:id="rId_hyperlink_10"/>
     <hyperlink ref="F23" r:id="rId_hyperlink_11"/>
     <hyperlink ref="F24" r:id="rId_hyperlink_12"/>
     <hyperlink ref="F25" r:id="rId_hyperlink_13"/>
@@ -1483,32 +1483,32 @@
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Price</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>ALLIGATOR-ALARMS.RU Price Generator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>alligator-alarms.ru catalog price 21.02.2026</dc:title>
+  <dc:title>alligator-alarms.ru catalog price 14.03.2026</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>